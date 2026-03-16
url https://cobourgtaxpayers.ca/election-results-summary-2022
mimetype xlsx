--- v0 (2025-11-05)
+++ v1 (2026-03-16)
@@ -1,89 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25726"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\_Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\CTA\Election 2022\Election Results\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5EBB618E-EB2D-4D7B-9F88-F35A78A29315}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49D35AF2-22CF-4FEE-94B5-955C9D80F24E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3795" windowWidth="38640" windowHeight="21240" xr2:uid="{D80812E9-A1B7-4F54-A08B-E962F289466B}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{C125D17E-3A2A-4561-BDA2-167BA87614A2}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="1994-2022" sheetId="1" r:id="rId1"/>
+    <sheet name="1972-1991" sheetId="2" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="100">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="160">
   <si>
     <t>Lucas 
 CLEVELAND</t>
   </si>
   <si>
     <t>John 
 HENDERSON</t>
   </si>
   <si>
     <t xml:space="preserve">Acclaimed </t>
   </si>
   <si>
     <t>Gil
 BROCANIER</t>
   </si>
   <si>
     <t>Peter 
 DELANTY</t>
   </si>
   <si>
     <t>Acclaimed</t>
   </si>
   <si>
     <t>Joan
 CHALOVICH</t>
@@ -106,100 +102,94 @@
   </si>
   <si>
     <t>Lloyd
 WILLIAMS</t>
   </si>
   <si>
     <t>Miriam
 MUTTON</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>Lloyd R.
 WILLIAMS</t>
   </si>
   <si>
     <t>Ben
 BURD</t>
   </si>
   <si>
     <t>Steve
 LEGASSIC</t>
   </si>
   <si>
-    <t>Deputy Mayor</t>
-[...1 lines deleted...]
-  <si>
     <t>Nicole 
 BEATTY</t>
   </si>
   <si>
     <t>Suzanne
 SEGUIN</t>
   </si>
   <si>
     <t>Stan 
 FROST</t>
   </si>
   <si>
     <t>Bob 
 SPOONER</t>
   </si>
   <si>
     <t>Arnold
 MCCURDY</t>
   </si>
   <si>
     <t>A.D.
 MCCURDY</t>
   </si>
   <si>
     <t>Randy 
 CURTIS</t>
   </si>
   <si>
     <t>Paul 
 PAGNUELO</t>
   </si>
   <si>
     <t>John
 DUDA</t>
   </si>
   <si>
     <t>Sue
 GEURTS</t>
   </si>
   <si>
     <t>Donna
 TODD</t>
   </si>
   <si>
-    <t>Councillor</t>
-[...1 lines deleted...]
-  <si>
     <t>Adam 
 BUREAU</t>
   </si>
   <si>
     <t>Brian 
 DARLING</t>
   </si>
   <si>
     <t>Dean
 MCCAUGHEY</t>
   </si>
   <si>
     <t>Theresa 
 RICKERBY</t>
   </si>
   <si>
     <t>Forrest
 ROWDEN</t>
   </si>
   <si>
     <t>Pam
 JACKSON</t>
   </si>
   <si>
     <t>Gail
@@ -411,293 +401,475 @@
   <si>
     <t>Bruce J. 
 PENNING</t>
   </si>
   <si>
     <t>Paul
 NOEL</t>
   </si>
   <si>
     <t>Merle
 GINGRICH</t>
   </si>
   <si>
     <t>Bob
 ROBERTSON</t>
   </si>
   <si>
     <t>Tex 
 DAVIS</t>
   </si>
   <si>
     <t>Kevin
 GASSYT</t>
   </si>
   <si>
-    <t>CAO</t>
-[...11 lines deleted...]
-    <t>B.W. Baxter</t>
+    <t>Mayor elected</t>
+  </si>
+  <si>
+    <t>Deputy Mayor elected</t>
+  </si>
+  <si>
+    <t>Councillor elected</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Lloyd WILLIAMS</t>
+  </si>
+  <si>
+    <t>Angus REED</t>
+  </si>
+  <si>
+    <t>Stacy 
+ROBISON</t>
+  </si>
+  <si>
+    <t>Reeve Elected</t>
+  </si>
+  <si>
+    <t>Joan CHALOVICH</t>
+  </si>
+  <si>
+    <t>Zackary 
+RINGAS</t>
+  </si>
+  <si>
+    <t>Deputy Reeve Elected</t>
+  </si>
+  <si>
+    <t>Arnold MCCURDY</t>
+  </si>
+  <si>
+    <t>Bob SPOONER</t>
+  </si>
+  <si>
+    <t>Dean MCCAUGHEY</t>
+  </si>
+  <si>
+    <t>Tony 
+FARREN</t>
+  </si>
+  <si>
+    <t>Ben 
+BURD</t>
+  </si>
+  <si>
+    <t>Bill MACDONALD</t>
+  </si>
+  <si>
+    <t>John LINDSAY</t>
+  </si>
+  <si>
+    <t>Don 
+KIRKUP</t>
+  </si>
+  <si>
+    <t>Paul 
+NOEL</t>
+  </si>
+  <si>
+    <t>Fred 
+TREDREE</t>
+  </si>
+  <si>
+    <t>Angus 
+READ</t>
+  </si>
+  <si>
+    <t>Ray 
+BOWEN</t>
+  </si>
+  <si>
+    <t>Joan E. CHALOVICH</t>
+  </si>
+  <si>
+    <t>John 
+LINDSAY</t>
+  </si>
+  <si>
+    <t>Martin HOFMAN</t>
+  </si>
+  <si>
+    <t>Scatty 
+DOWLE</t>
+  </si>
+  <si>
+    <t>Muriel 
+EDWARDS</t>
+  </si>
+  <si>
+    <t>Tom 
+BELL</t>
+  </si>
+  <si>
+    <t>Frank POWERS</t>
+  </si>
+  <si>
+    <t>Sue 
+GEURTS</t>
+  </si>
+  <si>
+    <t>Ken GOODWIN</t>
+  </si>
+  <si>
+    <t>Nick MARROCCO</t>
+  </si>
+  <si>
+    <t>Brian S. CHASE</t>
+  </si>
+  <si>
+    <t>Anna MUTTON</t>
+  </si>
+  <si>
+    <t>Gerard H. CLEARY</t>
+  </si>
+  <si>
+    <t>Wayne MULLIGAN</t>
+  </si>
+  <si>
+    <t>Robert W. JARVIS</t>
+  </si>
+  <si>
+    <t>Carma COULTER</t>
+  </si>
+  <si>
+    <t>Richard 
+RANDALL</t>
+  </si>
+  <si>
+    <t>Mac 
+LEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Boyd E. 
+HENDRY</t>
+  </si>
+  <si>
+    <t>Robert C. 
+WILSON</t>
+  </si>
+  <si>
+    <t>Dominic T. MARROCCO</t>
+  </si>
+  <si>
+    <t>David 
+PURVIS</t>
+  </si>
+  <si>
+    <t>Mary F. CORBETT</t>
+  </si>
+  <si>
+    <t>Georges H. 
+JEANNERET</t>
+  </si>
+  <si>
+    <t>Barbara A. 
+MERSON</t>
+  </si>
+  <si>
+    <t>John A. HEENAN</t>
+  </si>
+  <si>
+    <t>Harry MACDONALD</t>
+  </si>
+  <si>
+    <t>David G. A. PURVIS</t>
+  </si>
+  <si>
+    <t>Lenah Field FISHER</t>
+  </si>
+  <si>
+    <t>James J. TRACEY</t>
+  </si>
+  <si>
+    <t>Stewart STANLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mary F. CORBETT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robert C. WILSON </t>
+  </si>
+  <si>
+    <t>Wilbur I. THOMAS</t>
+  </si>
+  <si>
+    <t>Lenah F.
+FISHER</t>
+  </si>
+  <si>
+    <t>Boyd E.
+HENDRY,</t>
+  </si>
+  <si>
+    <t>Edwin R.
+HAYNES</t>
+  </si>
+  <si>
+    <t>John M,
+LEES</t>
+  </si>
+  <si>
+    <t>Wilfred E,
+HUSKILSON</t>
+  </si>
+  <si>
+    <t>Robert T.
+LOVE</t>
+  </si>
+  <si>
+    <t>P. Frank
+OWERS</t>
+  </si>
+  <si>
+    <t>Robert C.
+WILSON</t>
+  </si>
+  <si>
+    <t>James J,
+TRACEY</t>
+  </si>
+  <si>
+    <t>Dennis J.
+FORSTER</t>
+  </si>
+  <si>
+    <t>James B.
+VARO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...24 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -705,51 +877,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -816,65 +988,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -895,1315 +1067,2124 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5CAF42B-0A81-42BD-BF9D-2FDF7A2658E3}">
-  <dimension ref="A1:T28"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A51BC6A-3E03-4019-8725-B0DE2F720FF2}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:S26"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="W13" sqref="W13"/>
+      <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.7109375" style="6" bestFit="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="11.5703125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B1" s="11">
+    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A1" s="1"/>
+      <c r="B1" s="12">
         <v>2022</v>
       </c>
       <c r="C1" s="12"/>
-      <c r="D1" s="11">
+      <c r="D1" s="12">
         <v>2018</v>
       </c>
       <c r="E1" s="12"/>
-      <c r="F1" s="11">
+      <c r="F1" s="12">
         <v>2014</v>
       </c>
       <c r="G1" s="12"/>
-      <c r="H1" s="11">
+      <c r="H1" s="12">
         <v>2010</v>
       </c>
       <c r="I1" s="12"/>
-      <c r="J1" s="11">
+      <c r="J1" s="12">
         <v>2006</v>
       </c>
       <c r="K1" s="12"/>
-      <c r="L1" s="11">
+      <c r="L1" s="12">
         <v>2003</v>
       </c>
       <c r="M1" s="12"/>
-      <c r="N1" s="11">
+      <c r="N1" s="12">
         <v>2000</v>
       </c>
       <c r="O1" s="12"/>
-      <c r="P1" s="11">
+      <c r="P1" s="12">
         <v>1997</v>
       </c>
       <c r="Q1" s="12"/>
-      <c r="R1" s="11">
+      <c r="R1" s="12">
         <v>1994</v>
       </c>
       <c r="S1" s="12"/>
     </row>
-    <row r="2" spans="1:19" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="13" t="s">
+      <c r="C2" s="4">
+        <v>3391</v>
+      </c>
+      <c r="D2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="7">
-[...2 lines deleted...]
-      <c r="D2" s="13" t="s">
+      <c r="E2" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="F2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="13" t="s">
+      <c r="G2" s="4">
+        <v>4028</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="I2" s="4">
+        <v>4408</v>
+      </c>
+      <c r="J2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="7">
-[...2 lines deleted...]
-      <c r="H2" s="13" t="s">
+      <c r="K2" s="4">
+        <v>3742</v>
+      </c>
+      <c r="L2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="I2" s="7">
-[...2 lines deleted...]
-      <c r="J2" s="13" t="s">
+      <c r="M2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="K2" s="7">
-[...2 lines deleted...]
-      <c r="L2" s="13" t="s">
+      <c r="N2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="4">
+        <v>5068</v>
+      </c>
+      <c r="P2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="4">
+        <v>3632</v>
+      </c>
+      <c r="R2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="S2" s="4">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="2"/>
+      <c r="B3" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="6">
+        <v>3286</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="6">
+        <v>1799</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="I3" s="6">
+        <v>1937</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="K3" s="6">
+        <v>1941</v>
+      </c>
+      <c r="L3" s="7"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="O3" s="6">
+        <v>2161</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q3" s="6">
+        <v>2135</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="S3" s="6">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="2"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="6">
+        <v>1825</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="K4" s="6">
+        <v>1312</v>
+      </c>
+      <c r="L4" s="7"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="7"/>
+      <c r="O4" s="6"/>
+      <c r="P4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q4" s="6">
+        <v>565</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="S4" s="6">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="2"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="7"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q5" s="6">
+        <v>170</v>
+      </c>
+      <c r="R5" s="7"/>
+      <c r="S5" s="6"/>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A6" s="2"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="G6" s="10"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" s="9"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="10"/>
+      <c r="N6" s="9"/>
+      <c r="O6" s="10"/>
+      <c r="P6" s="9"/>
+      <c r="Q6" s="10"/>
+      <c r="R6" s="9"/>
+      <c r="S6" s="10"/>
+    </row>
+    <row r="7" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="4">
+        <v>3817</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="4">
+        <v>3511</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="4">
+        <v>3199</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="K7" s="4">
+        <v>3637</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="M7" s="4">
+        <v>3238</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="O7" s="4">
+        <v>5283</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>3472</v>
+      </c>
+      <c r="R7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="S7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="M2" s="7" t="s">
-[...11 lines deleted...]
-      <c r="Q2" s="7">
+    </row>
+    <row r="8" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="2"/>
+      <c r="B8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="6">
+        <v>2751</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="6">
+        <v>2692</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="6">
+        <v>2192</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="K8" s="6">
+        <v>3052</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="M8" s="6">
+        <v>1772</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" s="6">
+        <v>1450</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>2218</v>
+      </c>
+      <c r="R8" s="7"/>
+      <c r="S8" s="6"/>
+    </row>
+    <row r="9" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="2"/>
+      <c r="B9" s="7"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="6">
+        <v>2057</v>
+      </c>
+      <c r="H9" s="7"/>
+      <c r="I9" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" s="7"/>
+      <c r="K9" s="6"/>
+      <c r="L9" s="7"/>
+      <c r="M9" s="6"/>
+      <c r="N9" s="7"/>
+      <c r="O9" s="6"/>
+      <c r="P9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>1503</v>
+      </c>
+      <c r="R9" s="7"/>
+      <c r="S9" s="6"/>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="10"/>
+      <c r="D10" s="9"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="9"/>
+      <c r="I10" s="10"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="10"/>
+      <c r="L10" s="9"/>
+      <c r="M10" s="10"/>
+      <c r="N10" s="9"/>
+      <c r="O10" s="10"/>
+      <c r="P10" s="9"/>
+      <c r="Q10" s="10"/>
+      <c r="R10" s="9"/>
+      <c r="S10" s="10"/>
+    </row>
+    <row r="11" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="4">
+        <v>4111</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="4">
+        <v>4278</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" s="4">
+        <v>4739</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="I11" s="4">
+        <v>4306</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="K11" s="4">
+        <v>4098</v>
+      </c>
+      <c r="L11" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="M11" s="4">
+        <v>3068</v>
+      </c>
+      <c r="N11" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="O11" s="4">
+        <v>3978</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>4615</v>
+      </c>
+      <c r="R11" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="S11" s="4">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="4">
+        <v>3761</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="4">
+        <v>3969</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="4">
+        <v>4660</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="4">
+        <v>3991</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="4">
+        <v>4019</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M12" s="4">
+        <v>2908</v>
+      </c>
+      <c r="N12" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" s="4">
+        <v>3692</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>3881</v>
+      </c>
+      <c r="R12" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="S12" s="4">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="4">
+        <v>3412</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" s="4">
+        <v>3679</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="4">
+        <v>3869</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="I13" s="4">
         <v>3632</v>
       </c>
-      <c r="R2" s="13" t="s">
-[...42 lines deleted...]
-      <c r="P3" s="14" t="s">
+      <c r="J13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" s="4">
+        <v>3695</v>
+      </c>
+      <c r="L13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="M13" s="4">
+        <v>2825</v>
+      </c>
+      <c r="N13" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="Q3" s="8">
-[...2 lines deleted...]
-      <c r="R3" s="14" t="s">
+      <c r="O13" s="4">
+        <v>3463</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>3460</v>
+      </c>
+      <c r="R13" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="S13" s="4">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="4">
+        <v>3260</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" s="4">
+        <v>3065</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" s="4">
+        <v>3850</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="I14" s="4">
+        <v>3614</v>
+      </c>
+      <c r="J14" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="K14" s="4">
+        <v>2856</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="M14" s="4">
+        <v>2367</v>
+      </c>
+      <c r="N14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="O14" s="4">
+        <v>3396</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>3039</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="S14" s="4">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="4">
+        <v>2532</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="4">
+        <v>3060</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" s="4">
+        <v>3822</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I15" s="4">
+        <v>3464</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" s="4">
+        <v>2754</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="M15" s="4">
+        <v>2237</v>
+      </c>
+      <c r="N15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O15" s="4">
+        <v>3235</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>2772</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="S15" s="4">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="2"/>
+      <c r="B16" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="6">
+        <v>2362</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="S3" s="8">
-[...21 lines deleted...]
-      <c r="J4" s="14" t="s">
+      <c r="E16" s="6">
+        <v>2851</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2720</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I16" s="6">
+        <v>2696</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" s="6">
+        <v>2505</v>
+      </c>
+      <c r="L16" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M16" s="6">
+        <v>2062</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O16" s="6">
+        <v>2924</v>
+      </c>
+      <c r="P16" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>2382</v>
+      </c>
+      <c r="R16" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="S16" s="6">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="2"/>
+      <c r="B17" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C17" s="6">
+        <v>2336</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" s="6">
+        <v>2334</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2022</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I17" s="6">
+        <v>2282</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" s="6">
+        <v>2353</v>
+      </c>
+      <c r="L17" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="K4" s="8">
-[...542 lines deleted...]
-      <c r="J16" s="14" t="s">
+      <c r="M17" s="6">
+        <v>2010</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O17" s="6">
+        <v>1976</v>
+      </c>
+      <c r="P17" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>2295</v>
+      </c>
+      <c r="R17" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="S17" s="6">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="2"/>
+      <c r="B18" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="6">
+        <v>2269</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" s="6">
+        <v>1763</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" s="6">
+        <v>1547</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I18" s="6">
+        <v>2236</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K18" s="6">
+        <v>2273</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="M18" s="6">
+        <v>1980</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="O18" s="6">
+        <v>1962</v>
+      </c>
+      <c r="P18" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>1756</v>
+      </c>
+      <c r="R18" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="S18" s="6">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="2"/>
+      <c r="B19" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1819</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" s="6">
+        <v>1340</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1455</v>
+      </c>
+      <c r="H19" s="7"/>
+      <c r="I19" s="6"/>
+      <c r="J19" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" s="6">
+        <v>1936</v>
+      </c>
+      <c r="L19" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="M19" s="6">
+        <v>1564</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O19" s="6">
+        <v>1896</v>
+      </c>
+      <c r="P19" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>1704</v>
+      </c>
+      <c r="R19" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="S19" s="6">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="2"/>
+      <c r="B20" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1261</v>
+      </c>
+      <c r="D20" s="7"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1269</v>
+      </c>
+      <c r="H20" s="7"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K20" s="6">
+        <v>1797</v>
+      </c>
+      <c r="L20" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="M20" s="6">
+        <v>906</v>
+      </c>
+      <c r="N20" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="O20" s="6">
+        <v>1730</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="K16" s="8">
-[...212 lines deleted...]
-      <c r="J20" s="14" t="s">
+      <c r="Q20" s="6">
+        <v>886</v>
+      </c>
+      <c r="R20" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="K20" s="8">
-[...2 lines deleted...]
-      <c r="L20" s="14" t="s">
+      <c r="S20" s="6">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="2"/>
+      <c r="B21" s="7"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="M20" s="8">
-[...2 lines deleted...]
-      <c r="N20" s="14" t="s">
+      <c r="G21" s="6">
+        <v>1034</v>
+      </c>
+      <c r="H21" s="7"/>
+      <c r="I21" s="6"/>
+      <c r="J21" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="O20" s="8">
-[...8 lines deleted...]
-      <c r="R20" s="14" t="s">
+      <c r="K21" s="6">
+        <v>1234</v>
+      </c>
+      <c r="L21" s="7"/>
+      <c r="M21" s="6"/>
+      <c r="N21" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="S20" s="8">
+      <c r="O21" s="6">
+        <v>1722</v>
+      </c>
+      <c r="P21" s="7"/>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="S21" s="6">
         <v>1397</v>
       </c>
     </row>
-    <row r="21" spans="1:20" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="J21" s="14" t="s">
+    <row r="22" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="2"/>
+      <c r="B22" s="7"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="7"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="K21" s="8">
-[...4 lines deleted...]
-      <c r="N21" s="14" t="s">
+      <c r="G22" s="6">
+        <v>449</v>
+      </c>
+      <c r="H22" s="7"/>
+      <c r="I22" s="6"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="7"/>
+      <c r="M22" s="6"/>
+      <c r="N22" s="7"/>
+      <c r="O22" s="6"/>
+      <c r="P22" s="7"/>
+      <c r="Q22" s="6"/>
+      <c r="R22" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="O21" s="8">
-[...4 lines deleted...]
-      <c r="R21" s="14" t="s">
+      <c r="S22" s="6">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="2"/>
+      <c r="B23" s="7"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="7"/>
+      <c r="I23" s="6"/>
+      <c r="J23" s="7"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="7"/>
+      <c r="M23" s="6"/>
+      <c r="N23" s="7"/>
+      <c r="O23" s="6"/>
+      <c r="P23" s="7"/>
+      <c r="Q23" s="6"/>
+      <c r="R23" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="S21" s="8">
-[...9 lines deleted...]
-      <c r="F22" s="14" t="s">
+      <c r="S23" s="6">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="2"/>
+      <c r="B24" s="7"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="7"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="7"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="7"/>
+      <c r="I24" s="6"/>
+      <c r="J24" s="7"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="7"/>
+      <c r="M24" s="6"/>
+      <c r="N24" s="7"/>
+      <c r="O24" s="6"/>
+      <c r="P24" s="7"/>
+      <c r="Q24" s="6"/>
+      <c r="R24" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="G22" s="8">
-[...12 lines deleted...]
-      <c r="R22" s="14" t="s">
+      <c r="S24" s="6">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="2"/>
+      <c r="B25" s="7"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="7"/>
+      <c r="I25" s="6"/>
+      <c r="J25" s="7"/>
+      <c r="K25" s="6"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="6"/>
+      <c r="N25" s="7"/>
+      <c r="O25" s="6"/>
+      <c r="P25" s="7"/>
+      <c r="Q25" s="6"/>
+      <c r="R25" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="S22" s="8">
-[...21 lines deleted...]
-      <c r="R23" s="14" t="s">
+      <c r="S25" s="6">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="7"/>
+      <c r="G26" s="6"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="6"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="7"/>
+      <c r="M26" s="6"/>
+      <c r="N26" s="7"/>
+      <c r="O26" s="6"/>
+      <c r="P26" s="7"/>
+      <c r="Q26" s="6"/>
+      <c r="R26" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="S23" s="8">
-[...74 lines deleted...]
-      <c r="S26" s="8">
+      <c r="S26" s="6">
         <v>485</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      <c r="S28" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="P1:Q1"/>
     <mergeCell ref="R1:S1"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="L1:M1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="56" orientation="landscape" r:id="rId1"/>
-[...2 lines deleted...]
-  </headerFooter>
+  <pageSetup scale="48" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7E313EF-B67A-4474-9E17-E7C8416F5C48}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:M27"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="A14" sqref="A14:XFD14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" s="1"/>
+      <c r="B1" s="12">
+        <v>1991</v>
+      </c>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12">
+        <v>1988</v>
+      </c>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12">
+        <v>1985</v>
+      </c>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12">
+        <v>1980</v>
+      </c>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12">
+        <v>1976</v>
+      </c>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12">
+        <v>1972</v>
+      </c>
+      <c r="M1" s="12"/>
+    </row>
+    <row r="2" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" s="4">
+        <v>2460</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E2" s="4">
+        <v>4080</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G2" s="4">
+        <v>1649</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I2" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="K2" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="L2" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="M2" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="2"/>
+      <c r="B3" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" s="6">
+        <v>2374</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E3" s="6">
+        <v>731</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="6">
+        <v>1430</v>
+      </c>
+      <c r="H3" s="5"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="7"/>
+      <c r="M3" s="6"/>
+    </row>
+    <row r="4" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="2"/>
+      <c r="B4" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" s="6">
+        <v>395</v>
+      </c>
+      <c r="D4" s="7"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G4" s="6">
+        <v>1008</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" s="5"/>
+      <c r="K4" s="6"/>
+      <c r="L4" s="7"/>
+      <c r="M4" s="6"/>
+    </row>
+    <row r="5" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="2"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="G5" s="6">
+        <v>856</v>
+      </c>
+      <c r="H5" s="7"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="6"/>
+    </row>
+    <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="2"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="G6" s="6">
+        <v>115</v>
+      </c>
+      <c r="H6" s="7"/>
+      <c r="I6" s="6"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="7"/>
+      <c r="M6" s="6"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="2"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="10"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="G7" s="10"/>
+      <c r="H7" s="9"/>
+      <c r="I7" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="9"/>
+      <c r="K7" s="10"/>
+      <c r="L7" s="9"/>
+      <c r="M7" s="10"/>
+    </row>
+    <row r="8" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C8" s="4">
+        <v>2942</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E8" s="4">
+        <v>2499</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G8" s="4">
+        <v>2378</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I8" s="4">
+        <v>3258</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="K8" s="4">
+        <v>2076</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="2"/>
+      <c r="B9" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1591</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E9" s="6">
+        <v>2112</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G9" s="6">
+        <v>2190</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I9" s="6">
+        <v>917</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="K9" s="6">
+        <v>1744</v>
+      </c>
+      <c r="L9" s="5"/>
+      <c r="M9" s="6"/>
+    </row>
+    <row r="10" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="2"/>
+      <c r="B10" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" s="6">
+        <v>479</v>
+      </c>
+      <c r="D10" s="7"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="7"/>
+      <c r="K10" s="6"/>
+      <c r="L10" s="7"/>
+      <c r="M10" s="6"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A11" s="2"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="9"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" s="10"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" s="9"/>
+      <c r="K11" s="10"/>
+      <c r="L11" s="9"/>
+      <c r="M11" s="10"/>
+    </row>
+    <row r="12" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G12" s="4">
+        <v>2749</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="I12" s="4">
+        <v>2371</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="K12" s="4">
+        <v>2216</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="2"/>
+      <c r="B13" s="5"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="G13" s="6">
+        <v>1978</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I13" s="6">
+        <v>1468</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K13" s="6">
+        <v>1696</v>
+      </c>
+      <c r="L13" s="5"/>
+      <c r="M13" s="6"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="8"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="9"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="9"/>
+      <c r="M14" s="10"/>
+    </row>
+    <row r="15" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" s="4">
+        <v>3175</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="4">
+        <v>3382</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" s="4">
+        <v>2888</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I15" s="4">
+        <v>2738</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K15" s="4">
+        <v>2728</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="M15" s="4">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" s="4">
+        <v>3071</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" s="4">
+        <v>3257</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G16" s="4">
+        <v>2835</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I16" s="4">
+        <v>2486</v>
+      </c>
+      <c r="J16" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="K16" s="4">
+        <v>2427</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="M16" s="4">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" s="4">
+        <v>3045</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="4">
+        <v>3173</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17" s="4">
+        <v>2826</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I17" s="4">
+        <v>2395</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="K17" s="4">
+        <v>2184</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="M17" s="4">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="4">
+        <v>2870</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" s="4">
+        <v>2761</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="G18" s="4">
+        <v>2253</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I18" s="4">
+        <v>2268</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K18" s="4">
+        <v>1994</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="M18" s="4">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="4">
+        <v>2980</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" s="4">
+        <v>2496</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G19" s="4">
+        <v>2191</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="I19" s="4">
+        <v>2252</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="K19" s="4">
+        <v>1830</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" s="4">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="2"/>
+      <c r="B20" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="4">
+        <v>2635</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" s="4">
+        <v>2420</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G20" s="4">
+        <v>1944</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="I20" s="4">
+        <v>1695</v>
+      </c>
+      <c r="J20" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" s="4">
+        <v>1748</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" s="4">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="2"/>
+      <c r="B21" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" s="6">
+        <v>2263</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="6">
+        <v>2012</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1709</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I21" s="6">
+        <v>1621</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K21" s="6">
+        <v>1669</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" s="6">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="2"/>
+      <c r="B22" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="6">
+        <v>1657</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" s="6">
+        <v>1810</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1344</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I22" s="6">
+        <v>1554</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" s="6">
+        <v>1348</v>
+      </c>
+      <c r="L22" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" s="6">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="2"/>
+      <c r="B23" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1447</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" s="6">
+        <v>1398</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1226</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="I23" s="6">
+        <v>1413</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K23" s="6">
+        <v>1003</v>
+      </c>
+      <c r="L23" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" s="6">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="2"/>
+      <c r="B24" s="5"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="7"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1159</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I24" s="6">
+        <v>1375</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="M24" s="6">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="2"/>
+      <c r="B25" s="7"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G25" s="6">
+        <v>868</v>
+      </c>
+      <c r="H25" s="7"/>
+      <c r="I25" s="6"/>
+      <c r="J25" s="5"/>
+      <c r="K25" s="6"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="6"/>
+    </row>
+    <row r="26" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="G26" s="6">
+        <v>823</v>
+      </c>
+      <c r="H26" s="7"/>
+      <c r="I26" s="6"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="7"/>
+      <c r="M26" s="6"/>
+    </row>
+    <row r="27" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="2"/>
+      <c r="B27" s="7"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="G27" s="6">
+        <v>772</v>
+      </c>
+      <c r="H27" s="7"/>
+      <c r="I27" s="6"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="6"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="6"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="B1:C1"/>
+    <mergeCell ref="D1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="H1:I1"/>
+    <mergeCell ref="J1:K1"/>
+    <mergeCell ref="L1:M1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="48" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+      <vt:lpstr>1994-2022</vt:lpstr>
+      <vt:lpstr>1972-1991</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Cooler</dc:creator>
+  <dc:creator>Dennis Nabieszko</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>